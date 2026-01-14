--- v0 (2025-10-06)
+++ v1 (2026-01-14)
@@ -873,51 +873,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W20, IS_W15, IS_W14, IS_W13, IS_W12, IS_W11, IS_W06, IS_W03</w:t>
+        <w:t xml:space="preserve">IS_W14, IS_W13, IS_W12, IS_W11, IS_W06, IS_W03, IS_W20, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -953,51 +953,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Recenzje pracy dyplomowej i egzamin dyplomowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U10, IS_U01, IS_U22, IS_U18, IS_U17, IS_U16, IS_U14, IS_U13, IS_U12, IS_U11</w:t>
+        <w:t xml:space="preserve">IS_U22, IS_U18, IS_U17, IS_U16, IS_U14, IS_U13, IS_U12, IS_U11, IS_U10, IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>