--- v1 (2026-01-14)
+++ v2 (2026-02-13)
@@ -873,51 +873,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W14, IS_W13, IS_W12, IS_W11, IS_W06, IS_W03, IS_W20, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W20, IS_W15, IS_W14, IS_W13, IS_W12, IS_W11, IS_W06, IS_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1173,51 +1173,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">recenzje, egzamin dyplomowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K03, IS_K02</w:t>
+        <w:t xml:space="preserve">IS_K02, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>