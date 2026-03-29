--- v2 (2026-02-13)
+++ v3 (2026-03-29)
@@ -953,51 +953,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Recenzje pracy dyplomowej i egzamin dyplomowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U22, IS_U18, IS_U17, IS_U16, IS_U14, IS_U13, IS_U12, IS_U11, IS_U10, IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U17, IS_U16, IS_U14, IS_U13, IS_U12, IS_U11, IS_U10, IS_U01, IS_U22, IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1173,51 +1173,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">recenzje, egzamin dyplomowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K02, IS_K03</w:t>
+        <w:t xml:space="preserve">IS_K03, IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>