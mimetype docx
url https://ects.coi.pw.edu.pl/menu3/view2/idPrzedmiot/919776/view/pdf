--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -1113,67 +1113,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W04</w:t>
+        <w:t xml:space="preserve">IS_W04, IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1333,67 +1333,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny, zaliczenie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U10, IS_U03, IS_U06, IS_U08</w:t>
+        <w:t xml:space="preserve">IS_U03, IS_U06, IS_U08, IS_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>