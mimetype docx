--- v1 (2025-10-30)
+++ v2 (2025-11-29)
@@ -989,71 +989,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W04, IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę dotyczącą mechanizmów i szybkości procesów spalania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W04, IS_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę dotyczącą mechanizmów i szybkości procesów spalania.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę dotyczącą składu spalin i rodzajów zanieczyszczeń z procesu spalania poszczególnych paliw.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1064,266 +1134,196 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W04, IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę dotyczącą składu spalin i rodzajów zanieczyszczeń z procesu spalania poszczególnych paliw.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać podstawową analizę chemiczną wody. Potrafi, na podstawie wyników analizy ocenić jakość wody.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian pisemny</w:t>
+        <w:t xml:space="preserve">Zaliczenie ćwiczeń praktycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W04, IS_W09</w:t>
+        <w:t xml:space="preserve">IS_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać podstawową analizę chemiczną wody. Potrafi, na podstawie wyników analizy ocenić jakość wody.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć ciepło spalania i wartość opałową na podstawie składu paliwa. Potrafi określić skład spalin i współczynnik nadmiaru powietrza analitycznie oraz na podstawie wyników pomiarów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie ćwiczeń praktycznych</w:t>
+        <w:t xml:space="preserve">sprawdzian pisemny i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U02</w:t>
+        <w:t xml:space="preserve">IS_U03, IS_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obliczyć  wielkość emisji zanieczyszczeń dla różnych paliw, wykonać bilans gazowego kotła kondensacyjnego. Potrafi określić kotłowe straty ciepła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>