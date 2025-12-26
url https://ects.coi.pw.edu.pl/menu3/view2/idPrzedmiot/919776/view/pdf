--- v2 (2025-11-29)
+++ v3 (2025-12-26)
@@ -989,51 +989,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W04, IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę dotyczącą mechanizmów i szybkości procesów spalania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1043,341 +1043,341 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W09, IS_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę dotyczącą składu spalin i rodzajów zanieczyszczeń z procesu spalania poszczególnych paliw.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W04, IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę dotyczącą składu spalin i rodzajów zanieczyszczeń z procesu spalania poszczególnych paliw.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać podstawową analizę chemiczną wody. Potrafi, na podstawie wyników analizy ocenić jakość wody.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian pisemny</w:t>
+        <w:t xml:space="preserve">Zaliczenie ćwiczeń praktycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W04, IS_W09</w:t>
+        <w:t xml:space="preserve">IS_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać podstawową analizę chemiczną wody. Potrafi, na podstawie wyników analizy ocenić jakość wody.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć ciepło spalania i wartość opałową na podstawie składu paliwa. Potrafi określić skład spalin i współczynnik nadmiaru powietrza analitycznie oraz na podstawie wyników pomiarów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie ćwiczeń praktycznych</w:t>
+        <w:t xml:space="preserve">sprawdzian pisemny i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U02</w:t>
+        <w:t xml:space="preserve">IS_U02, IS_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć ciepło spalania i wartość opałową na podstawie składu paliwa. Potrafi określić skład spalin i współczynnik nadmiaru powietrza analitycznie oraz na podstawie wyników pomiarów.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć  wielkość emisji zanieczyszczeń dla różnych paliw, wykonać bilans gazowego kotła kondensacyjnego. Potrafi określić kotłowe straty ciepła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian pisemny i kolokwium</w:t>
+        <w:t xml:space="preserve">sprawdzian pisemny, zaliczenie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U03, IS_U02</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">IS_U03, IS_U06, IS_U08, IS_U10</w:t>
+        <w:t xml:space="preserve">IS_U08, IS_U10, IS_U03, IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>