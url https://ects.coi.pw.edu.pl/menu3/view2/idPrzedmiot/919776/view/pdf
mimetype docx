--- v3 (2025-12-26)
+++ v4 (2026-01-10)
@@ -1043,67 +1043,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W04</w:t>
+        <w:t xml:space="preserve">IS_W04, IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę dotyczącą składu spalin i rodzajów zanieczyszczeń z procesu spalania poszczególnych paliw.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1209,175 +1209,175 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi obliczyć ciepło spalania i wartość opałową na podstawie składu paliwa. Potrafi określić skład spalin i współczynnik nadmiaru powietrza analitycznie oraz na podstawie wyników pomiarów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian pisemny i kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U02, IS_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć ciepło spalania i wartość opałową na podstawie składu paliwa. Potrafi określić skład spalin i współczynnik nadmiaru powietrza analitycznie oraz na podstawie wyników pomiarów.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć  wielkość emisji zanieczyszczeń dla różnych paliw, wykonać bilans gazowego kotła kondensacyjnego. Potrafi określić kotłowe straty ciepła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian pisemny i kolokwium</w:t>
+        <w:t xml:space="preserve">sprawdzian pisemny, zaliczenie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U02, IS_U03</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">IS_U08, IS_U10, IS_U03, IS_U06</w:t>
+        <w:t xml:space="preserve">IS_U03, IS_U06, IS_U08, IS_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>