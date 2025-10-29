--- v0 (2025-10-05)
+++ v1 (2025-10-29)
@@ -773,51 +773,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada rozszerzoną i podbudowaną teoretycznie wiedzę w zakresie zasad regulacji i sterowania procesami zachodzącymi w obiegach chłodniczych występujących w bezpośrednich i pośrednich systemach chłodzenia budynków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -913,71 +913,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę na temat budowy, działania i eksploatacji agregatów wody lodowej i pomp ciepła.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat budowy, działania i eksploatacji agregatów wody lodowej i pomp ciepła.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat budowy, działania, możliwości i ograniczeń układów kogeneracjnych i trigeneracyjnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -996,538 +1066,468 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat budowy, działania, możliwości i ograniczeń układów kogeneracjnych i trigeneracyjnych. </w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat zasad projektowania i wymagań prawnych dotyczących elementów składowych instalacji chłodniczych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne wykładów, projekt instalacji wody lodowej </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W08, IS_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę na temat zasad projektowania i wymagań prawnych dotyczących elementów składowych instalacji chłodniczych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne wykładów, projekt instalacji wody lodowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W08, IS_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna kierunki rozwoju urządzeń i systemów chłodniczych zmierzające m.in. do zwiększania efektywności energetycznej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie pisemne wykładów </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opisać budowę, działanie oraz zalety i wady różnych elementów wchodzących w skład bezpośrednich i pośrednich systemów chłodniczych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08</w:t>
+        <w:t xml:space="preserve">IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat zasad projektowania i wymagań prawnych dotyczących elementów składowych instalacji chłodniczych. </w:t>
+        <w:t xml:space="preserve">Potrafi dobrać odpowiednie elementy składowe systemów chłodniczych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne wykładów, projekt instalacji wody lodowej</w:t>
+        <w:t xml:space="preserve">Kolokwium z ćwiczeń, projekt instalacji wody lodowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08</w:t>
+        <w:t xml:space="preserve">IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat zasad projektowania i wymagań prawnych dotyczących elementów składowych instalacji chłodniczych. </w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować instalację wody lodowej wraz doborem najważniejszych urządzeń oraz dobrać i zaprojektować system bezpośredniego chłodzenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne wykładów, projekt instalacji wody lodowej </w:t>
+        <w:t xml:space="preserve">Kolokwium z ćwiczeń, projekt instalacji wody lodowej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08, IS_W10</w:t>
+        <w:t xml:space="preserve">IS_U07, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać obliczenia hydrauliczne sieci przewodów w instalacji wody lodowej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>