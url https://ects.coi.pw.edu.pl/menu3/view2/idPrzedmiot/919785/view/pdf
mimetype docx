--- v1 (2025-10-29)
+++ v2 (2025-11-28)
@@ -913,51 +913,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę na temat budowy, działania i eksploatacji agregatów wody lodowej i pomp ciepła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1483,51 +1483,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U07, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać obliczenia hydrauliczne sieci przewodów w instalacji wody lodowej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>