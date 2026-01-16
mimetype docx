--- v3 (2025-12-26)
+++ v4 (2026-01-16)
@@ -1107,647 +1107,647 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne wykładów, projekt instalacji wody lodowej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę na temat zasad projektowania i wymagań prawnych dotyczących elementów składowych instalacji chłodniczych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne wykładów, projekt instalacji wody lodowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W08, IS_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat zasad projektowania i wymagań prawnych dotyczących elementów składowych instalacji chłodniczych. </w:t>
+        <w:t xml:space="preserve">Zna kierunki rozwoju urządzeń i systemów chłodniczych zmierzające m.in. do zwiększania efektywności energetycznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne wykładów, projekt instalacji wody lodowej</w:t>
+        <w:t xml:space="preserve">zaliczenie pisemne wykładów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08, IS_W10</w:t>
+        <w:t xml:space="preserve">IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna kierunki rozwoju urządzeń i systemów chłodniczych zmierzające m.in. do zwiększania efektywności energetycznej</w:t>
+        <w:t xml:space="preserve">Potrafi opisać budowę, działanie oraz zalety i wady różnych elementów wchodzących w skład bezpośrednich i pośrednich systemów chłodniczych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zaliczenie pisemne wykładów </w:t>
+        <w:t xml:space="preserve">Zaliczenie pisemne wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15</w:t>
+        <w:t xml:space="preserve">IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dobrać odpowiednie elementy składowe systemów chłodniczych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium z ćwiczeń, projekt instalacji wody lodowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować instalację wody lodowej wraz doborem najważniejszych urządzeń oraz dobrać i zaprojektować system bezpośredniego chłodzenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium z ćwiczeń, projekt instalacji wody lodowej </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U05, IS_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać obliczenia hydrauliczne sieci przewodów w instalacji wody lodowej </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium z ćwiczeń </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeanalizować i ocenić działanie agregatów wody lodowej oraz obliczyć podstawowe parametry eksploatacyjne urządzeń wchodzących w skład pośrednich i bezpośrednich systemów chłodniczych </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne wykładów, kolokwium z ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opisać budowę, działanie oraz zalety i wady różnych elementów wchodzących w skład bezpośrednich i pośrednich systemów chłodniczych</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę ciągłego dokształcania się i podnoszenia kompetencji polegających m.in. na śledzeniu postępów techniki w celu wykorzystania ich w praktyce zawodowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne wykładów</w:t>
+        <w:t xml:space="preserve">Ustna dyskusja w ramach ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U08</w:t>
+        <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...359 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość zagrożeń, jakie może nieść ze sobą nieprawidłowe działanie inżynierskie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>