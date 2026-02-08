--- v4 (2026-01-16)
+++ v5 (2026-02-08)
@@ -1107,51 +1107,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne wykładów, projekt instalacji wody lodowej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08</w:t>
+        <w:t xml:space="preserve">IS_W08, IS_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1483,51 +1483,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05, IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać obliczenia hydrauliczne sieci przewodów w instalacji wody lodowej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>