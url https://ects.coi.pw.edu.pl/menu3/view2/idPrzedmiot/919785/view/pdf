--- v5 (2026-02-08)
+++ v6 (2026-03-23)
@@ -1053,465 +1053,465 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę na temat zasad projektowania i wymagań prawnych dotyczących elementów składowych instalacji chłodniczych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne wykładów, projekt instalacji wody lodowej </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W08, IS_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę na temat zasad projektowania i wymagań prawnych dotyczących elementów składowych instalacji chłodniczych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne wykładów, projekt instalacji wody lodowej </w:t>
+        <w:t xml:space="preserve">Zaliczenie pisemne wykładów, projekt instalacji wody lodowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08, IS_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat zasad projektowania i wymagań prawnych dotyczących elementów składowych instalacji chłodniczych. </w:t>
+        <w:t xml:space="preserve">Zna kierunki rozwoju urządzeń i systemów chłodniczych zmierzające m.in. do zwiększania efektywności energetycznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne wykładów, projekt instalacji wody lodowej</w:t>
+        <w:t xml:space="preserve">zaliczenie pisemne wykładów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08, IS_W10</w:t>
+        <w:t xml:space="preserve">IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna kierunki rozwoju urządzeń i systemów chłodniczych zmierzające m.in. do zwiększania efektywności energetycznej</w:t>
+        <w:t xml:space="preserve">Potrafi opisać budowę, działanie oraz zalety i wady różnych elementów wchodzących w skład bezpośrednich i pośrednich systemów chłodniczych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zaliczenie pisemne wykładów </w:t>
+        <w:t xml:space="preserve">Zaliczenie pisemne wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15</w:t>
+        <w:t xml:space="preserve">IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opisać budowę, działanie oraz zalety i wady różnych elementów wchodzących w skład bezpośrednich i pośrednich systemów chłodniczych</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać odpowiednie elementy składowe systemów chłodniczych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne wykładów</w:t>
+        <w:t xml:space="preserve">Kolokwium z ćwiczeń, projekt instalacji wody lodowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U08</w:t>
+        <w:t xml:space="preserve">IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dobrać odpowiednie elementy składowe systemów chłodniczych.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować instalację wody lodowej wraz doborem najważniejszych urządzeń oraz dobrać i zaprojektować system bezpośredniego chłodzenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium z ćwiczeń, projekt instalacji wody lodowej</w:t>
+        <w:t xml:space="preserve">Kolokwium z ćwiczeń, projekt instalacji wody lodowej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">IS_U05, IS_U07</w:t>
+        <w:t xml:space="preserve">IS_U07, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>