--- v0 (2025-10-07)
+++ v1 (2025-11-02)
@@ -764,87 +764,367 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania, budowy instalacji centralnego ogrzewania, węzłów cieplnych jedno i wielofunkcyjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania racjonalnych warunków eksploatacji ogrzewań konwekcyjnych i płaszczyznowych, węzłów cieplnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">osiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu racjonalnego dostosowania cieplnego i hydraulicznego istniejącej instalacji centralnego ogrzewania i węzła cieplnego do zmniejszonych ( rzeczywistych ) potrzeb cieplnych poszczególnych pomieszczeń i budynku po jego termorenowacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W12, IS_W20, IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu technicznych, eksploatacyjnych oraz charakterystyk regulacyjnych stosowanych wymienników ciepła na cele centralnego ogrzewania i przygotowania cwu, oraz wymagań kryteriów ich oceny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania, budowy instalacji centralnego ogrzewania, węzłów cieplnych jedno i wielofunkcyjnych</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu węzłów cieplnych, stosowanych układów połączeń, ich charakterystyki technicznej i eksploatacyjnej – zna zasady wymiarowania i doboru elementów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -863,678 +1143,398 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania racjonalnych warunków eksploatacji ogrzewań konwekcyjnych i płaszczyznowych, węzłów cieplnych.</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu zagadnień związanych z centralnym przygotowaniem ciepłej wody użytkowej i racjonalnej współpracy z systemem ogrzewczym w budynku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W20, IS_W09</w:t>
+        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">osiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu racjonalnego dostosowania cieplnego i hydraulicznego istniejącej instalacji centralnego ogrzewania i węzła cieplnego do zmniejszonych ( rzeczywistych ) potrzeb cieplnych poszczególnych pomieszczeń i budynku po jego termorenowacji.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizę porównawczą w celu doboru oraz określić charakterystyki techniczne, eksploatacyjne oraz właściwości regulacyjne grzejników konwekcyjnych i płaszczyznowych).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+        <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_U08, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu technicznych, eksploatacyjnych oraz charakterystyk regulacyjnych stosowanych wymienników ciepła na cele centralnego ogrzewania i przygotowania cwu, oraz wymagań kryteriów ich oceny.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować racjonalne dostosowanie cieplne i hydrauliczne istniejącej instalacji c.o. i węzła cieplnego do rzeczywistych potrzeb cieplnych pomieszczeń w budynku ocieplonym (grzejniki, pompa, węzeł wymiennikowy).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U08, IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu węzłów cieplnych, stosowanych układów połączeń, ich charakterystyki technicznej i eksploatacyjnej – zna zasady wymiarowania i doboru elementów. </w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować ogrzewanie mieszkaniowe wodne w układzie poziomym: konwekcyjne i podłogowe oraz ogrzewanie płaszczyznowe elektryczne. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U08, IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu zagadnień związanych z centralnym przygotowaniem ciepłej wody użytkowej i racjonalnej współpracy z systemem ogrzewczym w budynku.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować węzeł cieplny 2 – funkcyjny na cele co i cwu z zasobnikiem ciepła i bez, dobrać wymienniki ciepła, zawory regulacyjne licznik ciepła. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_U18, IS_U05, IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeanalizować i ocenić warunki działania oraz obliczyć parametry eksploatacyjne pracy węzła cieplnego w warunkach obliczeniowych, w okresie przejściowym i w czasie lata.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>