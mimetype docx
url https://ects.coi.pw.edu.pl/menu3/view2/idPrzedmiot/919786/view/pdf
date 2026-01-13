--- v1 (2025-11-02)
+++ v2 (2026-01-13)
@@ -974,67 +974,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W20, IS_W09</w:t>
+        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu technicznych, eksploatacyjnych oraz charakterystyk regulacyjnych stosowanych wymienników ciepła na cele centralnego ogrzewania i przygotowania cwu, oraz wymagań kryteriów ich oceny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1060,71 +1060,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu węzłów cieplnych, stosowanych układów połączeń, ich charakterystyki technicznej i eksploatacyjnej – zna zasady wymiarowania i doboru elementów. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu węzłów cieplnych, stosowanych układów połączeń, ich charakterystyki technicznej i eksploatacyjnej – zna zasady wymiarowania i doboru elementów. </w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu zagadnień związanych z centralnym przygotowaniem ciepłej wody użytkowej i racjonalnej współpracy z systemem ogrzewczym w budynku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1135,766 +1205,696 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu zagadnień związanych z centralnym przygotowaniem ciepłej wody użytkowej i racjonalnej współpracy z systemem ogrzewczym w budynku.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizę porównawczą w celu doboru oraz określić charakterystyki techniczne, eksploatacyjne oraz właściwości regulacyjne grzejników konwekcyjnych i płaszczyznowych).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+        <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować racjonalne dostosowanie cieplne i hydrauliczne istniejącej instalacji c.o. i węzła cieplnego do rzeczywistych potrzeb cieplnych pomieszczeń w budynku ocieplonym (grzejniki, pompa, węzeł wymiennikowy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U08, IS_U18, IS_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować ogrzewanie mieszkaniowe wodne w układzie poziomym: konwekcyjne i podłogowe oraz ogrzewanie płaszczyznowe elektryczne. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U05, IS_U08, IS_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować węzeł cieplny 2 – funkcyjny na cele co i cwu z zasobnikiem ciepła i bez, dobrać wymienniki ciepła, zawory regulacyjne licznik ciepła. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U05, IS_U08, IS_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeanalizować i ocenić warunki działania oraz obliczyć parametry eksploatacyjne pracy węzła cieplnego w warunkach obliczeniowych, w okresie przejściowym i w czasie lata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Opracowanie racjonalnego wykresu regulacyjnego dla budynków energooszczędnych i istniejących, ocieplonych po dostosowaniu do rzeczywistych potrzeb cieplnych budynku instalacji ogrzewczej, efekty techniczne i energetyczne tych działań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność samodzielnego planowania, realizacji i interpretacji badań i oceny stanu istniejących wymienników ciepła w węzłach cieplnych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenia laboratoryjne, przeprowadzenie pomiarów, opracowanie i zaliczenie sprawozdania z badań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UU, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność samodzielnego planowania, realizacji i interpretacji badań i oceny charakterystyki cieplnej grzejników płaszczyznowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenia laboratoryjne, sprawozdanie i indywidualna obrona</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UU, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić analizę porównawczą w celu doboru oraz określić charakterystyki techniczne, eksploatacyjne oraz właściwości regulacyjne grzejników konwekcyjnych i płaszczyznowych).</w:t>
+        <w:t xml:space="preserve">Ma świadomość pozatechnicznego znaczenia racjonalizacji zużycia ciepła i poprawy efektywności energetycznej systemów ogrzewczych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U08, IS_U05</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...569 lines deleted...]
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie i w zespole przeprowadzić badania elementów systemu ogrzewczego, ocenić ich stan techniczny i aspekty pozatechniczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>