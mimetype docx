--- v2 (2026-01-13)
+++ v3 (2026-02-10)
@@ -974,157 +974,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W20, IS_W09, IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu technicznych, eksploatacyjnych oraz charakterystyk regulacyjnych stosowanych wymienników ciepła na cele centralnego ogrzewania i przygotowania cwu, oraz wymagań kryteriów ich oceny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu technicznych, eksploatacyjnych oraz charakterystyk regulacyjnych stosowanych wymienników ciepła na cele centralnego ogrzewania i przygotowania cwu, oraz wymagań kryteriów ich oceny.</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu węzłów cieplnych, stosowanych układów połączeń, ich charakterystyki technicznej i eksploatacyjnej – zna zasady wymiarowania i doboru elementów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu węzłów cieplnych, stosowanych układów połączeń, ich charakterystyki technicznej i eksploatacyjnej – zna zasady wymiarowania i doboru elementów. </w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu zagadnień związanych z centralnym przygotowaniem ciepłej wody użytkowej i racjonalnej współpracy z systemem ogrzewczym w budynku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1135,766 +1205,696 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu zagadnień związanych z centralnym przygotowaniem ciepłej wody użytkowej i racjonalnej współpracy z systemem ogrzewczym w budynku.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizę porównawczą w celu doboru oraz określić charakterystyki techniczne, eksploatacyjne oraz właściwości regulacyjne grzejników konwekcyjnych i płaszczyznowych).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+        <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_U08, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować racjonalne dostosowanie cieplne i hydrauliczne istniejącej instalacji c.o. i węzła cieplnego do rzeczywistych potrzeb cieplnych pomieszczeń w budynku ocieplonym (grzejniki, pompa, węzeł wymiennikowy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U08, IS_U18, IS_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować ogrzewanie mieszkaniowe wodne w układzie poziomym: konwekcyjne i podłogowe oraz ogrzewanie płaszczyznowe elektryczne. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U05, IS_U08, IS_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować węzeł cieplny 2 – funkcyjny na cele co i cwu z zasobnikiem ciepła i bez, dobrać wymienniki ciepła, zawory regulacyjne licznik ciepła. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U05, IS_U08, IS_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeanalizować i ocenić warunki działania oraz obliczyć parametry eksploatacyjne pracy węzła cieplnego w warunkach obliczeniowych, w okresie przejściowym i w czasie lata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Opracowanie racjonalnego wykresu regulacyjnego dla budynków energooszczędnych i istniejących, ocieplonych po dostosowaniu do rzeczywistych potrzeb cieplnych budynku instalacji ogrzewczej, efekty techniczne i energetyczne tych działań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność samodzielnego planowania, realizacji i interpretacji badań i oceny stanu istniejących wymienników ciepła w węzłach cieplnych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenia laboratoryjne, przeprowadzenie pomiarów, opracowanie i zaliczenie sprawozdania z badań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UU, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność samodzielnego planowania, realizacji i interpretacji badań i oceny charakterystyki cieplnej grzejników płaszczyznowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenia laboratoryjne, sprawozdanie i indywidualna obrona</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UU, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić analizę porównawczą w celu doboru oraz określić charakterystyki techniczne, eksploatacyjne oraz właściwości regulacyjne grzejników konwekcyjnych i płaszczyznowych).</w:t>
+        <w:t xml:space="preserve">Ma świadomość pozatechnicznego znaczenia racjonalizacji zużycia ciepła i poprawy efektywności energetycznej systemów ogrzewczych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U08</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...569 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie i w zespole przeprowadzić badania elementów systemu ogrzewczego, ocenić ich stan techniczny i aspekty pozatechniczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>