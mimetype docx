--- v3 (2026-02-10)
+++ v4 (2026-03-23)
@@ -764,847 +764,847 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W12, IS_W20, IS_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania, budowy instalacji centralnego ogrzewania, węzłów cieplnych jedno i wielofunkcyjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania, budowy instalacji centralnego ogrzewania, węzłów cieplnych jedno i wielofunkcyjnych</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania racjonalnych warunków eksploatacji ogrzewań konwekcyjnych i płaszczyznowych, węzłów cieplnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">osiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu racjonalnego dostosowania cieplnego i hydraulicznego istniejącej instalacji centralnego ogrzewania i węzła cieplnego do zmniejszonych ( rzeczywistych ) potrzeb cieplnych poszczególnych pomieszczeń i budynku po jego termorenowacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania racjonalnych warunków eksploatacji ogrzewań konwekcyjnych i płaszczyznowych, węzłów cieplnych.</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu technicznych, eksploatacyjnych oraz charakterystyk regulacyjnych stosowanych wymienników ciepła na cele centralnego ogrzewania i przygotowania cwu, oraz wymagań kryteriów ich oceny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu węzłów cieplnych, stosowanych układów połączeń, ich charakterystyki technicznej i eksploatacyjnej – zna zasady wymiarowania i doboru elementów. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">osiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu racjonalnego dostosowania cieplnego i hydraulicznego istniejącej instalacji centralnego ogrzewania i węzła cieplnego do zmniejszonych ( rzeczywistych ) potrzeb cieplnych poszczególnych pomieszczeń i budynku po jego termorenowacji.</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu zagadnień związanych z centralnym przygotowaniem ciepłej wody użytkowej i racjonalnej współpracy z systemem ogrzewczym w budynku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W20, IS_W09, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu technicznych, eksploatacyjnych oraz charakterystyk regulacyjnych stosowanych wymienników ciepła na cele centralnego ogrzewania i przygotowania cwu, oraz wymagań kryteriów ich oceny.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizę porównawczą w celu doboru oraz określić charakterystyki techniczne, eksploatacyjne oraz właściwości regulacyjne grzejników konwekcyjnych i płaszczyznowych).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+        <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu węzłów cieplnych, stosowanych układów połączeń, ich charakterystyki technicznej i eksploatacyjnej – zna zasady wymiarowania i doboru elementów. </w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować racjonalne dostosowanie cieplne i hydrauliczne istniejącej instalacji c.o. i węzła cieplnego do rzeczywistych potrzeb cieplnych pomieszczeń w budynku ocieplonym (grzejniki, pompa, węzeł wymiennikowy).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_U08, IS_U18, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu zagadnień związanych z centralnym przygotowaniem ciepłej wody użytkowej i racjonalnej współpracy z systemem ogrzewczym w budynku.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować ogrzewanie mieszkaniowe wodne w układzie poziomym: konwekcyjne i podłogowe oraz ogrzewanie płaszczyznowe elektryczne. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U08, IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić analizę porównawczą w celu doboru oraz określić charakterystyki techniczne, eksploatacyjne oraz właściwości regulacyjne grzejników konwekcyjnych i płaszczyznowych).</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować węzeł cieplny 2 – funkcyjny na cele co i cwu z zasobnikiem ciepła i bez, dobrać wymienniki ciepła, zawory regulacyjne licznik ciepła. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U08, IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U08, IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować racjonalne dostosowanie cieplne i hydrauliczne istniejącej instalacji c.o. i węzła cieplnego do rzeczywistych potrzeb cieplnych pomieszczeń w budynku ocieplonym (grzejniki, pompa, węzeł wymiennikowy).</w:t>
+        <w:t xml:space="preserve">Potrafi przeanalizować i ocenić warunki działania oraz obliczyć parametry eksploatacyjne pracy węzła cieplnego w warunkach obliczeniowych, w okresie przejściowym i w czasie lata.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykonanie projektu i kolokwium </w:t>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U08, IS_U18, IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
-[...209 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Opracowanie racjonalnego wykresu regulacyjnego dla budynków energooszczędnych i istniejących, ocieplonych po dostosowaniu do rzeczywistych potrzeb cieplnych budynku instalacji ogrzewczej, efekty techniczne i energetyczne tych działań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>