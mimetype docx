--- v0 (2025-10-05)
+++ v1 (2025-10-29)
@@ -764,51 +764,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową i podbudowaną teoretycznie wiedzę z mechaniki i dynamiki płynów w zakresie przepływów powietrza i dymu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -974,51 +974,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie aktualne kierunki rozwoju i modernizacji w zakresie systemów wentylacji pożarowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>