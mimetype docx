--- v1 (2025-10-29)
+++ v2 (2025-12-26)
@@ -904,121 +904,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę z zakresu możliwości korzystania z pakietów oprogramowania przy doborze i eksploatacji oraz sprawdzaniu funkcjonowania systemów wentylacji pożarowej </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykłady i egzamin </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie aktualne kierunki rozwoju i modernizacji w zakresie systemów wentylacji pożarowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>