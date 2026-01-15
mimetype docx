--- v2 (2025-12-26)
+++ v3 (2026-01-15)
@@ -904,51 +904,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę z zakresu możliwości korzystania z pakietów oprogramowania przy doborze i eksploatacji oraz sprawdzaniu funkcjonowania systemów wentylacji pożarowej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>