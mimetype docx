--- v4 (2026-02-08)
+++ v5 (2026-03-25)
@@ -1624,51 +1624,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość potrzeby przestrzegania zasad etyki zawodowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>