--- v0 (2025-10-30)
+++ v1 (2025-11-29)
@@ -1082,51 +1082,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność samodzielnego planowania realizacji i
 interpretacji badań w inżynierii wodnej i zaopatrzeniu w wodę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>