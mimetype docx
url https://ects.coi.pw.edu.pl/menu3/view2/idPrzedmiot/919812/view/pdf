--- v1 (2025-11-29)
+++ v2 (2026-03-22)
@@ -851,51 +851,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę z zakresu możliwości korzystania z
 pakietów oprogramowania w Inżynierii Wodnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1082,51 +1082,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność samodzielnego planowania realizacji i
 interpretacji badań w inżynierii wodnej i zaopatrzeniu w wodę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>