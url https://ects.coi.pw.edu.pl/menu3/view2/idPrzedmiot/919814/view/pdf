--- v0 (2025-11-29)
+++ v1 (2026-01-15)
@@ -839,51 +839,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Posiada szczegółową wiedzę z zakresu możliwości korzystania z pakietów oprogramowania przy doborze i eksploatacji urządzeń w sieciach i instalacjach Wod-Kan, lub Inżynierii Wodnej, lub wykorzystanie pakietów GIS do doboru lokalizacji inwestycji oraz gospodarowania zasobami wodnymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>