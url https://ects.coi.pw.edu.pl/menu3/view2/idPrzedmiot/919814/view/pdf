--- v1 (2026-01-15)
+++ v2 (2026-02-09)
@@ -989,51 +989,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać i przedstawić w formie pisemnej i prezentacji ustnej projekt, system lub proces typowy dla zaopatrzenia w wode i odprowadzania ścieków, lub inżynierii wodnej, lub gospodarki odpadami i oczyszczania terenów zurbanizowanych oraz rekultywacji terenów zdegradowanych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>