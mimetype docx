--- v0 (2025-10-29)
+++ v1 (2025-12-02)
@@ -1043,67 +1043,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena wykonanego projektu i udział studenta w jego opracowaniu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U08, IS_U12</w:t>
+        <w:t xml:space="preserve">IS_U12, IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić pomiary i badania terenowe, opracować ich wyniki i zinterpretować w kontekście postawionego problemu	Ćwiczenia projektowe	Ocena nauczyciela na podstawie zachowania studenta w trakcie zajęć terenowych
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1114,51 +1114,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena wykonanego projektu i udział studenta w jego opracowaniu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U12, IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>