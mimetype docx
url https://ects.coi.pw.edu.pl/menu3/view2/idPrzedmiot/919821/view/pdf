--- v1 (2025-12-02)
+++ v2 (2025-12-26)
@@ -1043,67 +1043,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena wykonanego projektu i udział studenta w jego opracowaniu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U12, IS_U08</w:t>
+        <w:t xml:space="preserve">IS_U08, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić pomiary i badania terenowe, opracować ich wyniki i zinterpretować w kontekście postawionego problemu	Ćwiczenia projektowe	Ocena nauczyciela na podstawie zachowania studenta w trakcie zajęć terenowych
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1200,51 +1200,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opisać (zaprojektować),  zaprezentować i obronić przyjętą koncepcję rozwiązania (własnego w zespole i/lub zespołowego w kontakcie z beneficjentem).	Ćwiczenia projektowe	Projekt zespołowy/końcowy. Obrona prezentowanych rozwiązań: wstępna przed nauczycielem i ocena nauczyciela na podstawie zaangażowania i efektów obrony w trakcie odbioru projektu przez beneficjenta</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>