--- v2 (2025-12-26)
+++ v3 (2026-01-18)
@@ -769,51 +769,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe metody badań i pomiarów terenowych stosowane w ocenie zjawisk i procesów występujących w inżynierii wodnej	Zajęcia terenowe	Ocena nauczyciela na podstawie zachowania studenta w trakcie zajęć terenowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1200,51 +1200,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opisać (zaprojektować),  zaprezentować i obronić przyjętą koncepcję rozwiązania (własnego w zespole i/lub zespołowego w kontakcie z beneficjentem).	Ćwiczenia projektowe	Projekt zespołowy/końcowy. Obrona prezentowanych rozwiązań: wstępna przed nauczycielem i ocena nauczyciela na podstawie zaangażowania i efektów obrony w trakcie odbioru projektu przez beneficjenta</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1351,51 +1351,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">