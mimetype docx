--- v3 (2026-01-18)
+++ v4 (2026-02-28)
@@ -769,121 +769,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe metody badań i pomiarów terenowych stosowane w ocenie zjawisk i procesów występujących w inżynierii wodnej	Zajęcia terenowe	Ocena nauczyciela na podstawie zachowania studenta w trakcie zajęć terenowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena wykonanego projektu i udział studenta w jego opracowaniu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe krajowe i unijne  akty prawne dotyczące analizowanych problemów – będących przedmiotem projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1351,51 +1351,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KR, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">