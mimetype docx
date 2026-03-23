--- v4 (2026-02-28)
+++ v5 (2026-03-23)
@@ -839,51 +839,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe krajowe i unijne  akty prawne dotyczące analizowanych problemów – będących przedmiotem projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -909,51 +909,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WK, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna technologię i przebieg projektowania od wstępnych badań, poprzez ich uszczegółowienie, opracowanie koncepcji rozwiązania i projektu , w zakresach odpowiednich do przedmiotu ćwiczenia. Ćwiczenia projektowe	Ocena nauczyciela na podstawie zaangażowania i wkładu merytorycznego  studenta w pracę zespołu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>