--- v0 (2025-12-27)
+++ v1 (2026-01-08)
@@ -858,51 +858,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Formułuje warunki brzegowe i wyznacza linie ugięć belek na sprężystym podłożu Winklera metodą różnic skończonych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1152,51 +1152,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student nabiera wprawy w posługiwaniu się ogólnie dostępnym inżynierskim oprogramowaniem komputerowym oraz posiada podstawowy zakres wiedzy potrzebny do analizowania otrzymanych wyników.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>