--- v1 (2026-01-08)
+++ v2 (2026-02-09)
@@ -858,51 +858,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Formułuje warunki brzegowe i wyznacza linie ugięć belek na sprężystym podłożu Winklera metodą różnic skończonych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1359,67 +1359,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Promowanie indywidualnej aktywności na zajęciach, praca domowa, kolokwium, egzamin
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K02, IS_K04</w:t>
+        <w:t xml:space="preserve">IS_K04, IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie potrzebę ciągłego dokształcania sie i podnoszenia kompetencji zawodowych i osobistych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>