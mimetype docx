--- v1 (2025-12-01)
+++ v2 (2025-12-26)
@@ -774,341 +774,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada rozszerzoną, uporządkowaną wiedzę w zakresie języków programowania oraz wykorzystania metod numerycznych w procesie algorytmizacji rozwiązań zagadnień brzegowych z zastosowaniem metody elementów skończonych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada rozszerzoną, uporządkowaną wiedzę w zakresie języków programowania oraz wykorzystania metod numerycznych w procesie algorytmizacji rozwiązań zagadnień brzegowych z zastosowaniem metody elementów skończonych</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania podstawowych problemów inżynierii wodnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W03</w:t>
+        <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania podstawowych problemów inżynierii wodnej</w:t>
+        <w:t xml:space="preserve">Posiada umiejętność wykorzystania praw fizyki w analizie zjawisk fizycznych, potrafi wykonać obliczenia i podać przybliżone rozwiązania równań różniczkowych związanych z przepływem wód w przewodach zamkniętych i ośrodkach porowatych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zaliczenie</w:t>
+        <w:t xml:space="preserve">indywidualne zadania obliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada umiejętność wykorzystania praw fizyki w analizie zjawisk fizycznych, potrafi wykonać obliczenia i podać przybliżone rozwiązania równań różniczkowych związanych z przepływem wód w przewodach zamkniętych i ośrodkach porowatych</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie z wykorzystaniem narzędzi obliczeniowych, budować modele i prowadzić analizy ilościowe elementów konstrukcji i urządzeń wodnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">indywidualne zadania obliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U02</w:t>
+        <w:t xml:space="preserve">IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>