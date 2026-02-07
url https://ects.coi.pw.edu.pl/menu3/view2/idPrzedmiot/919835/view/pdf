--- v2 (2025-12-26)
+++ v3 (2026-02-07)
@@ -774,51 +774,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada rozszerzoną, uporządkowaną wiedzę w zakresie języków programowania oraz wykorzystania metod numerycznych w procesie algorytmizacji rozwiązań zagadnień brzegowych z zastosowaniem metody elementów skończonych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1214,51 +1214,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość konieczności działania w sposób profesjonalny i przestrzegania zasad etyki zawodowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>