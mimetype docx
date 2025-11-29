--- v0 (2025-10-10)
+++ v1 (2025-11-29)
@@ -741,67 +741,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ustne lub pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07, IS_W05, IS_W06</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WK, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę o najważniejszych naturalnych zagrożeniach zdrowia ludzi oraz o zagrożeniach powodowanych przez składowiska odpadów i spalarnie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>