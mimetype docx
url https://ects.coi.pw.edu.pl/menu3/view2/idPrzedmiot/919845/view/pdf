--- v1 (2025-11-29)
+++ v2 (2025-12-26)
@@ -1057,51 +1057,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość wagi pozatechnicznych aspektów i skutków działalności inżynierskiej w tym jej wpływu na środowisko i związanej tym odpowiedzialności za podejmowane decyzje</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>