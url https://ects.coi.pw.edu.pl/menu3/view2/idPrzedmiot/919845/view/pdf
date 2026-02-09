--- v2 (2025-12-26)
+++ v3 (2026-02-09)
@@ -891,67 +891,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prezentacja ustna oraz sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U03, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeanalizować i wykorzystać zagrożenia powodowane przez składowiska odpadów i spalarnie do oceny gospodarki odpadami oraz rekultywacji terenów zdegradowanych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1057,51 +1057,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość wagi pozatechnicznych aspektów i skutków działalności inżynierskiej w tym jej wpływu na środowisko i związanej tym odpowiedzialności za podejmowane decyzje</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>