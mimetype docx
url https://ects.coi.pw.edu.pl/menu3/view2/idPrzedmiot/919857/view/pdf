--- v0 (2025-10-31)
+++ v1 (2025-11-30)
@@ -758,67 +758,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin 50%, projekt 50%</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W11, IS_W12, IS_W14, IS_W06</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W11, IS_W12, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>