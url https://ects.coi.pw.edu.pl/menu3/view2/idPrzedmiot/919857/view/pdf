--- v1 (2025-11-30)
+++ v2 (2025-12-26)
@@ -838,51 +838,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin 50%, projekt 50%</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U13, IS_U17, IS_U18</w:t>
+        <w:t xml:space="preserve">IS_U17, IS_U18, IS_U05, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>