--- v2 (2025-12-26)
+++ v3 (2026-02-08)
@@ -758,67 +758,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin 50%, projekt 50%</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W11, IS_W12, IS_W14</w:t>
+        <w:t xml:space="preserve">IS_W11, IS_W12, IS_W14, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -838,67 +838,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin 50%, projekt 50%</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U17, IS_U18, IS_U05, IS_U13</w:t>
+        <w:t xml:space="preserve">IS_U18, IS_U05, IS_U13, IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>