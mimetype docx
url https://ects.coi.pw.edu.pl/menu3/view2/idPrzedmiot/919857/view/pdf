--- v3 (2026-02-08)
+++ v4 (2026-03-22)
@@ -758,67 +758,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin 50%, projekt 50%</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W11, IS_W12, IS_W14, IS_W06</w:t>
+        <w:t xml:space="preserve">IS_W12, IS_W14, IS_W06, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -838,67 +838,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin 50%, projekt 50%</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U18, IS_U05, IS_U13, IS_U17</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U13, IS_U17, IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>