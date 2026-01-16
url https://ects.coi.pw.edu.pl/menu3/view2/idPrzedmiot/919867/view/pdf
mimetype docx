--- v0 (2025-12-26)
+++ v1 (2026-01-16)
@@ -764,191 +764,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W01, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna ogólną metodologię wykorzystującą pojęcia systemu i otoczenia ("podejście systemowe") do rozwiązywania złożonych problemów związanych z ochroną środowiska naturalnego i cywilizacyjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena końcowa (zintegrowana) obliczana jest na podstawie wyników zaliczenia wykładów i zaliczenia ćwiczeń projektowych – dla otrzymania oceny pozytywnej wymagane jest uzyskanie pozytywnego wyniku zaliczenia wykładów i zaliczenia ćwiczeń projektowych. Ocena końcowa jest średnią ważoną (60% - wykłady, 40% - ćwiczenia)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W01, IS_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna ogólną metodologię wykorzystującą pojęcia systemu i otoczenia ("podejście systemowe") do rozwiązywania złożonych problemów związanych z ochroną środowiska naturalnego i cywilizacyjnego</w:t>
+        <w:t xml:space="preserve">Zna definicje i podstawowe pojęcia teorii systemów dynamicznych w odniesieniu do systemów inżynierii środowiska</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena końcowa (zintegrowana) obliczana jest na podstawie wyników zaliczenia wykładów i zaliczenia ćwiczeń projektowych – dla otrzymania oceny pozytywnej wymagane jest uzyskanie pozytywnego wyniku zaliczenia wykładów i zaliczenia ćwiczeń projektowych. Ocena końcowa jest średnią ważoną (60% - wykłady, 40% - ćwiczenia)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W01, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>