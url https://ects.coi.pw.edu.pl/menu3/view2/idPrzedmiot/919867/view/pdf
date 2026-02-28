--- v2 (2026-02-07)
+++ v3 (2026-02-28)
@@ -984,121 +984,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi sformułować kolejne kroki i sposoby rozwiązania problemu środowiskowego wraz z niezbędnymi elementami takimi jak koszty, efektywność, miara ryzyka, efekty uboczne, zasoby, ograniczenia i czynniki przeszkadzające</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena końcowa (zintegrowana) obliczana jest na podstawie wyników zaliczenia wykładów i zaliczenia ćwiczeń projektowych – dla otrzymania oceny pozytywnej wymagane jest uzyskanie pozytywnego wyniku zaliczenia wykładów i zaliczenia ćwiczeń projektowych. Ocena końcowa jest średnią ważoną (60% - wykłady, 40% - ćwiczenia)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować "podejście systemowe" do wskazanego problemu środowiskowego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>