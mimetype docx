--- v3 (2026-02-28)
+++ v4 (2026-03-22)
@@ -984,51 +984,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi sformułować kolejne kroki i sposoby rozwiązania problemu środowiskowego wraz z niezbędnymi elementami takimi jak koszty, efektywność, miara ryzyka, efekty uboczne, zasoby, ograniczenia i czynniki przeszkadzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>