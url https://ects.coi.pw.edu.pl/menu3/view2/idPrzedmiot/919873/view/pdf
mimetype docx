--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -809,51 +809,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu 50%, zaliczenie ćwiczeń laboratoryjnych 50%</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W11</w:t>
+        <w:t xml:space="preserve">IS_W11, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -975,51 +975,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U15, IS_U17, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić możliwość zastosowania metod biologicznych w unieszkodliwianiu odpadów i ich wykorzystania jako surowców do pozyskiwania produktów użytecznych oraz dokonać krytycznej analizy sposobu funkcjonowania istniejących rozwiązań biotechnologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1115,51 +1115,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować raport z wykonanych badań biotechnologicznych zawierający opis zastosowanych metod i uzyskane wyniki oraz wyciągnąć wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>