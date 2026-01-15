--- v1 (2025-10-30)
+++ v2 (2026-01-15)
@@ -809,51 +809,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu 50%, zaliczenie ćwiczeń laboratoryjnych 50%</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W11, IS_W06</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1115,51 +1115,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować raport z wykonanych badań biotechnologicznych zawierający opis zastosowanych metod i uzyskane wyniki oraz wyciągnąć wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>