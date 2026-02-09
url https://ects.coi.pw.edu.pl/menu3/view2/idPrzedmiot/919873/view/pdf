--- v2 (2026-01-15)
+++ v3 (2026-02-09)
@@ -895,51 +895,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W11, IS_W14, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1099,67 +1099,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ustna odpowiedź przed zajęciami laboratoryjnymi, sprawozdania, kolokwium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U22</w:t>
+        <w:t xml:space="preserve">IS_U22, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować raport z wykonanych badań biotechnologicznych zawierający opis zastosowanych metod i uzyskane wyniki oraz wyciągnąć wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>