--- v3 (2026-02-09)
+++ v4 (2026-03-23)
@@ -755,411 +755,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W05, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o sposobach biologicznego unieszkodliwiania odpadów i gazów odlotowych oraz oczyszczania gruntów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładu 50%, zaliczenie ćwiczeń laboratoryjnych 50%</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W06, IS_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o sposobach biologicznego unieszkodliwiania odpadów i gazów odlotowych oraz oczyszczania gruntów</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę o wykorzystaniu odpadów jako surowców</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładu 50%, zaliczenie ćwiczeń laboratoryjnych 50%</w:t>
+        <w:t xml:space="preserve">Zaliczenie wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W11</w:t>
+        <w:t xml:space="preserve">IS_W11, IS_W14, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o wykorzystaniu odpadów jako surowców</w:t>
+        <w:t xml:space="preserve">Potrafi scharakteryzować zasady realizacji procesów biotechnologicznych w gospodarce odpadami.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładu</w:t>
+        <w:t xml:space="preserve">Zaliczenie wykładu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W11, IS_W14, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U17, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi scharakteryzować zasady realizacji procesów biotechnologicznych w gospodarce odpadami.</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić możliwość zastosowania metod biologicznych w unieszkodliwianiu odpadów i ich wykorzystania jako surowców do pozyskiwania produktów użytecznych oraz dokonać krytycznej analizy sposobu funkcjonowania istniejących rozwiązań biotechnologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładu </w:t>
+        <w:t xml:space="preserve">Zaliczenie wykładu, ustna lub pisemna odpowiedź przed zajęciami laboratoryjnymi, sprawozdania, kolokwium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U17, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UU, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi ocenić możliwość zastosowania metod biologicznych w unieszkodliwianiu odpadów i ich wykorzystania jako surowców do pozyskiwania produktów użytecznych oraz dokonać krytycznej analizy sposobu funkcjonowania istniejących rozwiązań biotechnologicznych.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie ocenić przebieg procesów unieszkodliwiania odpadów na drodze biologicznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładu, ustna lub pisemna odpowiedź przed zajęciami laboratoryjnymi, sprawozdania, kolokwium </w:t>
+        <w:t xml:space="preserve">ustna odpowiedź przed zajęciami laboratoryjnymi, sprawozdania, kolokwium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, I.P7S_UU</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UU, III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować raport z wykonanych badań biotechnologicznych zawierający opis zastosowanych metod i uzyskane wyniki oraz wyciągnąć wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>