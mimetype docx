--- v0 (2025-10-05)
+++ v1 (2025-10-30)
@@ -774,51 +774,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W05, IS_W07, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę w zakresie antropogenicznych zanieczyszczeń środowiska -
 pochodzenia, szkodliwości, rozkładu, mobilności</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -829,67 +829,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W07, IS_W11</w:t>
+        <w:t xml:space="preserve">IS_W11, IS_W05, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę z zakresu podstawowych metod analizy wód i oceny ich jakości
 Zaliczenie ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -980,51 +980,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U17, IS_U01, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U16, IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1050,67 +1050,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U17, IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U16, IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>