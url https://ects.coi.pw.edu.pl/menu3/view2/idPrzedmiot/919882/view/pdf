--- v1 (2025-10-30)
+++ v2 (2025-12-26)
@@ -774,51 +774,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W05, IS_W07, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WK, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę w zakresie antropogenicznych zanieczyszczeń środowiska -
 pochodzenia, szkodliwości, rozkładu, mobilności</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -829,67 +829,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W11, IS_W05, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W07, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę z zakresu podstawowych metod analizy wód i oceny ich jakości
 Zaliczenie ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -980,67 +980,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U16, IS_U17</w:t>
+        <w:t xml:space="preserve">IS_U17, IS_U01, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić stan czystości wód na podstawie wyników analiz</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1050,67 +1050,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U16, IS_U17</w:t>
+        <w:t xml:space="preserve">IS_U17, IS_U01, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>