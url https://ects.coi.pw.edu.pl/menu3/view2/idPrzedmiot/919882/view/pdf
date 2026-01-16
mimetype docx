--- v2 (2025-12-26)
+++ v3 (2026-01-16)
@@ -845,51 +845,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W05, IS_W07, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę z zakresu podstawowych metod analizy wód i oceny ich jakości
 Zaliczenie ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -980,67 +980,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U17, IS_U01, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U16, IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić stan czystości wód na podstawie wyników analiz</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1050,67 +1050,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U17, IS_U01, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U16, IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>