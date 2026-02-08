--- v3 (2026-01-16)
+++ v4 (2026-02-08)
@@ -758,67 +758,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W07, IS_W11</w:t>
+        <w:t xml:space="preserve">IS_W11, IS_W05, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę w zakresie antropogenicznych zanieczyszczeń środowiska -
 pochodzenia, szkodliwości, rozkładu, mobilności</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -845,51 +845,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W05, IS_W07, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WK, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę z zakresu podstawowych metod analizy wód i oceny ich jakości
 Zaliczenie ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -900,67 +900,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W01, IS_W16</w:t>
+        <w:t xml:space="preserve">IS_W16, IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, III.P7S_WK, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>