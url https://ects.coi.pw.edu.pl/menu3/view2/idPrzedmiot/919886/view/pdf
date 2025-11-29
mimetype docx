--- v0 (2025-11-03)
+++ v1 (2025-11-29)
@@ -761,51 +761,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W01, IS_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie sens i praktyczne znaczenie wybranych zjawisk fizycznych: kawitacji, opadania swobodnego cząstek, sedymentacji, filtracja osadu, wznoszenia się pęcherzyków gazu w cieczy, rozpylania cieczy i fluidyzacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1201,51 +1201,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01, IS_K02, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna odpowiedzialność i skutki pracy zespołowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>