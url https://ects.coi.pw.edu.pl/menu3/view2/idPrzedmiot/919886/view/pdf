--- v1 (2025-11-29)
+++ v2 (2026-03-23)
@@ -745,507 +745,507 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W01, IS_W03</w:t>
+        <w:t xml:space="preserve">IS_W03, IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie sens i praktyczne znaczenie wybranych zjawisk fizycznych: kawitacji, opadania swobodnego cząstek, sedymentacji, filtracja osadu, wznoszenia się pęcherzyków gazu w cieczy, rozpylania cieczy i fluidyzacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium z wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie sens i praktyczne znaczenie wybranych zjawisk fizycznych: kawitacji, opadania swobodnego cząstek, sedymentacji, filtracja osadu, wznoszenia się pęcherzyków gazu w cieczy, rozpylania cieczy i fluidyzacji.</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę w zakresie stosowanych technik pomiaru objętościowego natężenia przepływu cieczy w przewodach i kanałach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium z wykładów</w:t>
+        <w:t xml:space="preserve">Kolokwium z wykładów, obrona ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową wiedzę w zakresie stosowanych technik pomiaru objętościowego natężenia przepływu cieczy w przewodach i kanałach.</w:t>
+        <w:t xml:space="preserve">Potrafi opisać: fizyczne cechy procesów swobodnego opadania cząstek, sedymentacji, filtracji osadu, wznoszenia się pęcherzyków gazu w cieczy, rozpylanie cieczy oraz fluidyzacja. Zna zasady na jakich opierają się techniki pomiaru lepkości cieczy oraz sposoby pomiaru wydatku cieczy w przewodach i kanałach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium z wykładów, obrona ćwiczeń laboratoryjnych</w:t>
+        <w:t xml:space="preserve">Kolokwium z wykładów, obrona sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W01</w:t>
+        <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zapoznał się z wybranymi metodami pomiaru lepkości cieczy oraz objętościowego natężenia przepływu cieczy w przewodach i kanałach </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obrona sprawozdań z ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opisać: fizyczne cechy procesów swobodnego opadania cząstek, sedymentacji, filtracji osadu, wznoszenia się pęcherzyków gazu w cieczy, rozpylanie cieczy oraz fluidyzacja. Zna zasady na jakich opierają się techniki pomiaru lepkości cieczy oraz sposoby pomiaru wydatku cieczy w przewodach i kanałach</w:t>
+        <w:t xml:space="preserve">Potrafi pracować samodzielnie studiując wybrane zagadnienia hydrauliki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium z wykładów, obrona sprawozdań z ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Kolokwium z wykładów, obrona sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zapoznał się z wybranymi metodami pomiaru lepkości cieczy oraz objętościowego natężenia przepływu cieczy w przewodach i kanałach </w:t>
+        <w:t xml:space="preserve">Ma świadomość konieczności stałego pogłębiania wiedzy z obszaru praktycznego wykorzystania hydrauliki w zagadnieniach zaopatrzenia w wodę i odprowadzania ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Obrona sprawozdań z ćwiczeń laboratoryjnych</w:t>
+        <w:t xml:space="preserve">Kolokwium z wykładów, obrona sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...78 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna odpowiedzialność i skutki pracy zespołowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>