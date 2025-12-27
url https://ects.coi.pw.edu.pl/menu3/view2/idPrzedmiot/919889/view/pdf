--- v0 (2025-12-03)
+++ v1 (2025-12-27)
@@ -839,67 +839,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Samodzielne ćwiczenie obliczeniowe (ćwiczenia audytoryjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W01, IS_W05</w:t>
+        <w:t xml:space="preserve">IS_W01, IS_W05, IS_W06, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w zakresie niekonwencjonalnych procesów jednostkowych oczyszczania ścieków .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1059,67 +1059,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Samodzielne ćwiczenie obliczeniowe (ćwiczenia audytoryjne) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U14</w:t>
+        <w:t xml:space="preserve">IS_U14, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opisać procesy, metody i działania związane z biologicznymi technologiami oczyszczania ścieków oraz metodami pogłębionego utleniania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1145,51 +1145,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U12, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przedstawić opracowaną koncepcję technologiczną oczyszczalni w formie ustnej prezentacji oraz obronić zaproponowane rozwiązania technologiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>