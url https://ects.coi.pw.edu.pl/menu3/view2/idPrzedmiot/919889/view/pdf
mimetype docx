--- v1 (2025-12-27)
+++ v2 (2026-01-08)
@@ -979,51 +979,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (wykład), prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W01, IS_W05, IS_W06, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W15, IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1059,67 +1059,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Samodzielne ćwiczenie obliczeniowe (ćwiczenia audytoryjne) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U14, IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opisać procesy, metody i działania związane z biologicznymi technologiami oczyszczania ścieków oraz metodami pogłębionego utleniania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1285,51 +1285,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>