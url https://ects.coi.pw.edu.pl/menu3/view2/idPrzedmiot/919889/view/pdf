--- v2 (2026-01-08)
+++ v3 (2026-02-07)
@@ -979,51 +979,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (wykład), prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W15, IS_W01</w:t>
+        <w:t xml:space="preserve">IS_W01, IS_W05, IS_W06, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1285,51 +1285,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>