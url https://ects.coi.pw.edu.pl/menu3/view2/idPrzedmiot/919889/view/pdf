--- v3 (2026-02-07)
+++ v4 (2026-02-28)
@@ -1129,67 +1129,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (wykład), prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U12, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przedstawić opracowaną koncepcję technologiczną oczyszczalni w formie ustnej prezentacji oraz obronić zaproponowane rozwiązania technologiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>