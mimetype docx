--- v4 (2026-02-28)
+++ v5 (2026-03-23)
@@ -769,67 +769,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (wykład), prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W11, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W11, IS_W15, IS_W05, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w zakresie wymiarowania układów  ze złożem ruchomym oraz z modułami membranowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -979,67 +979,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (wykład), prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W01, IS_W05, IS_W06, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W15, IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1129,67 +1129,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (wykład), prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U12</w:t>
+        <w:t xml:space="preserve">IS_U12, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przedstawić opracowaną koncepcję technologiczną oczyszczalni w formie ustnej prezentacji oraz obronić zaproponowane rozwiązania technologiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1199,67 +1199,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność interpretacji i krytycznej dyskusji wyników prowadzonych obliczeń, a także jest zdolny do wyciągania wniosków w celu modyfikacji wcześniej przyjętych założeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>