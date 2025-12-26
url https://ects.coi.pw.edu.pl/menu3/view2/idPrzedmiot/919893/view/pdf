--- v0 (2025-11-30)
+++ v1 (2025-12-26)
@@ -922,191 +922,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzać i przedstawić ocenę techniczną lub technologiczną lub funkcjonalną urządzeń stosowanych w zaopatrzeniu w wodę i odprowadzaniu ścieków </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie pracy sprawdzającej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzać i przedstawić ocenę techniczną lub technologiczną lub funkcjonalną urządzeń stosowanych w zaopatrzeniu w wodę i odprowadzaniu ścieków </w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować instalacje uzdatniania wody i oczyszczania ścieków </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zaliczenie pracy sprawdzającej</w:t>
+        <w:t xml:space="preserve">zaliczenie pracy sprawdzającej, wykonanie bilansu wodno-ściekowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06</w:t>
+        <w:t xml:space="preserve">IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeanalizować i ocenić działanie oraz obliczyć parametry eksploatacyjne urządzeń sieci wodociągowej i kanalizacyjnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>