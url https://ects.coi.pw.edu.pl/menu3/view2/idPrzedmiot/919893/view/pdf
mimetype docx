--- v1 (2025-12-26)
+++ v2 (2026-01-16)
@@ -922,51 +922,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzać i przedstawić ocenę techniczną lub technologiczną lub funkcjonalną urządzeń stosowanych w zaopatrzeniu w wodę i odprowadzaniu ścieków </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>