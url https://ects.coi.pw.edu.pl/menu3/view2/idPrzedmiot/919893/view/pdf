--- v2 (2026-01-16)
+++ v3 (2026-03-22)
@@ -992,51 +992,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować instalacje uzdatniania wody i oczyszczania ścieków </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>