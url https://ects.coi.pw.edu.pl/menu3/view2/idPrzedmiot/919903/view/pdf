--- v0 (2025-12-16)
+++ v1 (2026-01-16)
@@ -1093,51 +1093,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U21, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>