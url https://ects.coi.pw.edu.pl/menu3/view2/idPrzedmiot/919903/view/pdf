--- v1 (2026-01-16)
+++ v2 (2026-02-28)
@@ -819,51 +819,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna zasady prowadzenia działalności zakładu, w którym odbywa praktykę i potrafi samodzielnie rozwiązywać zadania o charakterze praktycznym, w zależności od profilu jednostki, w której odbywa praktykę.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>