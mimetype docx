--- v0 (2026-01-15)
+++ v1 (2026-02-07)
@@ -738,67 +738,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: egzamin pisemny. Ćwiczenia: prace domowe w formie samodzielnych projektów cząstkowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W01</w:t>
+        <w:t xml:space="preserve">IS_W01, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę dotyczącą najważniejszych pojęć i twierdzeń rachunku prawdopodobieństwa oraz statystyki matematycznej takie jak zmienna losowa i jej rodzaje, funkcja gęstości i dystrybuanta, podstawowe rozkłady występujące w statystyce, oraz umie zastosować je w działalności inżynierskiej z zakresu wody, gleby i powietrza.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -888,67 +888,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: egzamin pisemny. Ćwiczenia: prace domowe w formie samodzielnych projektów cząstkowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U16, IS_U22</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U22, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UU, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>