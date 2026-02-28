--- v1 (2026-02-07)
+++ v2 (2026-02-28)
@@ -888,67 +888,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: egzamin pisemny. Ćwiczenia: prace domowe w formie samodzielnych projektów cząstkowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U22, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UU, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>