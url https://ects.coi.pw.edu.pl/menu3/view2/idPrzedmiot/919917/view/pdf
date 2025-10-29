--- v0 (2025-10-05)
+++ v1 (2025-10-29)
@@ -845,51 +845,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi czytać prasę fachową (także w języku obcym), prowadzić proces samokształcenia się oraz przygotować prezentację ustną z wybranego zagadnienia inżynierii środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>