--- v1 (2025-10-29)
+++ v2 (2025-12-27)
@@ -845,51 +845,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi czytać prasę fachową (także w języku obcym), prowadzić proces samokształcenia się oraz przygotować prezentację ustną z wybranego zagadnienia inżynierii środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -995,51 +995,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość potrzeby przestrzegania zasad etyki zawodowej, bioetyki i poszanowania prawa w tym praw autorskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>