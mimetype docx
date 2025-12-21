--- v0 (2025-10-05)
+++ v1 (2025-12-21)
@@ -758,351 +758,351 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada rozszerzoną, uporządkowaną wiedzę w zakresie języków programowania do prognozowania zużycia energii i zasobów naturalnych lub emisji zanieczyszczeń, w ciepłownictwie, lub ogrzewnictwie lub klimatyzacji lub gazownictwie, lub wskaźników zapotrzebowania i zużycia wody. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny i projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada rozszerzoną, uporządkowaną wiedzę w zakresie języków programowania do prognozowania zużycia energii i zasobów naturalnych lub emisji zanieczyszczeń, w ciepłownictwie, lub ogrzewnictwie lub klimatyzacji lub gazownictwie, lub wskaźników zapotrzebowania i zużycia wody. </w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie z wykorzystaniem programów wspomagających, prognozować zużycie energii i zasobów naturalnych lub emisji zanieczyszczeń, w ciepłownictwie, lub ogrzewnictwie lub klimatyzacji lub gazownictwie, lub wskaźników zapotrzebowania i zużycia wody.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny i projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W03</w:t>
+        <w:t xml:space="preserve">IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętności samodzielnej analizy algorytmów prognozy i niezbędnych danych wejściowych oraz wykorzystywania ich w zależności od charakteru zmian procesu prognozowanego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Written test and project.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie z wykorzystaniem programów wspomagających, prognozować zużycie energii i zasobów naturalnych lub emisji zanieczyszczeń, w ciepłownictwie, lub ogrzewnictwie lub klimatyzacji lub gazownictwie, lub wskaźników zapotrzebowania i zużycia wody.</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę ciągłego dokształcania się i podnoszenia kompetencji zawodowych i osobistych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian pisemny i projekt.</w:t>
+        <w:t xml:space="preserve">Rozmowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U04</w:t>
+        <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi myśleć i działać w sposób przedsiębiorczy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>