--- v1 (2025-12-21)
+++ v2 (2026-01-15)
@@ -758,51 +758,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada rozszerzoną, uporządkowaną wiedzę w zakresie języków programowania do prognozowania zużycia energii i zasobów naturalnych lub emisji zanieczyszczeń, w ciepłownictwie, lub ogrzewnictwie lub klimatyzacji lub gazownictwie, lub wskaźników zapotrzebowania i zużycia wody. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>