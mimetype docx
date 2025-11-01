--- v0 (2025-10-07)
+++ v1 (2025-11-01)
@@ -831,51 +831,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IS_U10: </w:t>
       </w:r>
     </w:p>