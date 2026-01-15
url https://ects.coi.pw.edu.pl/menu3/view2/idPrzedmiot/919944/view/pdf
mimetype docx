--- v2 (2025-12-26)
+++ v3 (2026-01-15)
@@ -761,51 +761,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IS_W20: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada ugruntowaną wiedzę niezbędną do prowadzenia badań i analizy wytwarzania, przesyłu i wykorzystania energii w systemach ogrzewniczych, systemach chłodniczych, systemach klimatyzacyjnych lub transportu i przesyłu w systemach gazowniczych lub w systemach zaopatrzenia w wodę i odprowadzania ścieków lub w inżynierii wodnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1061,51 +1061,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IS_K05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi myśleć i działać w sposób przedsiębiorczy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>