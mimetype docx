--- v0 (2025-10-10)
+++ v1 (2026-01-08)
@@ -969,51 +969,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pozytywny wynik z kolokwium zaliczeniowego z zakresu tematyki objętej wykładem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W14, K1_W13</w:t>
+        <w:t xml:space="preserve">K1_W13, K1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1065,51 +1065,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać proste obliczenia sprawdzające nośności konstrukcji poddanej oddziaływaniom pożarowym oraz dobrać metodę zabezpieczenia konstrukcji przed korozją i/lub ogniem.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>