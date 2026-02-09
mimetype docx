--- v1 (2026-01-08)
+++ v2 (2026-02-09)
@@ -985,51 +985,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W13, K1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -1065,51 +1065,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać proste obliczenia sprawdzające nośności konstrukcji poddanej oddziaływaniom pożarowym oraz dobrać metodę zabezpieczenia konstrukcji przed korozją i/lub ogniem.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>