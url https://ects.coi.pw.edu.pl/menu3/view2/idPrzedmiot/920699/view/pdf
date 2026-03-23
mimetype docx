--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -899,137 +899,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prawidłowo wykonane ćwiczenie projektowe polegające na doborze grubości powłoki izolującej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W05, K1_W13, K1_W14</w:t>
+        <w:t xml:space="preserve">K1_W14, K1_W05, K1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu technologi i sposobu doboru zabezpieczeń antykorozyjnych konstrukcji stalowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozytywny wynik z kolokwium zaliczeniowego z zakresu tematyki objętej wykładem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W13, K1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>