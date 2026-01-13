--- v0 (2025-10-06)
+++ v1 (2026-01-13)
@@ -978,51 +978,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna cechy hydrogeologiczne skał ich znaczenie w projektowaniu i przykłady wpływu na roboty i obiekty geologiczno-inżynierskie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1338,341 +1338,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U16, K1_U20, K1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UU, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma umiejętność sporządzania przekroi geologicznych i hydrogeologicznych na podstawie wierceń geologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pracy rysunkowej. Kolokwium z ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U20, K1_U23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UU, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać  identyfikacji skał jako podłoża budowlanego i dokonać jego oceny geologiczno – inżynierskiej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium z petrografii. Zaliczenie pracy rysunkowej. Kolokwium z ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U16, K1_U20, K1_U23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma umiejętność sporządzania przekroi geologicznych i hydrogeologicznych na podstawie wierceń geologicznych.</w:t>
+        <w:t xml:space="preserve">Potrafi ustalić stopień skomplikowania warunków gruntowych oraz na tej podstawie podać kategorię geotechniczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pracy rysunkowej. Kolokwium z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U20, K1_U23</w:t>
+        <w:t xml:space="preserve">K1_U16, K1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UU, I.P6S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dokonać  identyfikacji skał jako podłoża budowlanego i dokonać jego oceny geologiczno – inżynierskiej.</w:t>
+        <w:t xml:space="preserve">Świadomość zagrożeń wynikających z właściwości fizycznych skał i gruntów stanowiących potencjalne niebezpieczeństwo dla środowiska naturalnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium z petrografii. Zaliczenie pracy rysunkowej. Kolokwium z ćwiczeń.</w:t>
+        <w:t xml:space="preserve">Zaliczenie z wykładów - kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U16, K1_U20, K1_U23</w:t>
+        <w:t xml:space="preserve">K1_K07, K1_K01, K1_K04, K1_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU, I.P6S_UO</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KO, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pracuje samodzielnie i w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>