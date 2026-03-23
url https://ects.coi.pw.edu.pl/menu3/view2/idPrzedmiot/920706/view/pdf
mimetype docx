--- v2 (2026-02-08)
+++ v3 (2026-03-23)
@@ -1392,67 +1392,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pracy rysunkowej. Kolokwium z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U20, K1_U23</w:t>
+        <w:t xml:space="preserve">K1_U23, K1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UU, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać  identyfikacji skał jako podłoża budowlanego i dokonać jego oceny geologiczno – inżynierskiej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>