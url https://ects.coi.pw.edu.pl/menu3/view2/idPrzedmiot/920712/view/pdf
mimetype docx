--- v0 (2025-11-01)
+++ v1 (2025-12-27)
@@ -775,51 +775,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka [K1_W16]: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma elementarną wiedzę w zakresie ochrony własności intelektualnej oraz prawa patentowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1077,51 +1077,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka [K1_K07]: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest świadomy uznawania wiedzy w rozwiązywaniu problemów inżynierskich oraz konieczności
 zasięgania opinii ekspertów w przypadku trudności z samodzielnym rozwiązywaniem problemu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>