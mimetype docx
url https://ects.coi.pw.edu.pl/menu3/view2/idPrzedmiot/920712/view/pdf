--- v1 (2025-12-27)
+++ v2 (2026-02-10)
@@ -775,51 +775,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka [K1_W16]: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma elementarną wiedzę w zakresie ochrony własności intelektualnej oraz prawa patentowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>