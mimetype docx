--- v2 (2026-02-10)
+++ v3 (2026-03-22)
@@ -926,51 +926,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka [K1_U22]: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Opanował w mowie i piśmie umiejętność porozumiewania się w języku obcym na poziomie B2
 uznawanym za język komunikacji międzynarodowej.Potrafi pozyskiwać w języku obcym informacje z literatury i innych źródeł.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>