--- v1 (2025-11-01)
+++ v2 (2025-12-30)
@@ -829,67 +829,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena poprawności wykonania raportów z poszczególnych badań laboratoryjnych, badania próbek kontrolnych wykonanych przez studenta w celu oceny prawidłowości przeprowadzenia projektowania materiałowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U12, K1_U15, K1_U21</w:t>
+        <w:t xml:space="preserve">K1_U15, K1_U21, K1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest przygotowany do zespołowego wykonania zadania badawczego związanego z projektowaniem mieszanek betonowych i betonów i  zaprezentowania jego wyników w sposób komunikatywny i zgodny z zasadami normowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>