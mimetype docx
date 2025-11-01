--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -824,67 +824,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W01, K1_W04</w:t>
+        <w:t xml:space="preserve">K1_W04, K1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o stosowaniu norm europejskich EUROKOD 7 dotyczących geotechniki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1136,51 +1136,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U10, K1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać oceny obiektu budowlanego, ustalić  wartości właściwości  geotechnicznych gruntu, ustalić stopień skomplikowania warunków geotechnicznych oraz na tej podstawie kategorię geotechniczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1190,207 +1190,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U10, K1_U16, K1_U21, K1_U02</w:t>
+        <w:t xml:space="preserve">K1_U16, K1_U21, K1_U02, K1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać oceny stanów granicznych nośności, stateczności i odkształcalności podłoża oraz  stanów granicznych użytkowalności  konstrukcji nośnej obiektu budowlanego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U10, K1_U15, K1_U16, K1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dokonać oceny stanów granicznych nośności, stateczności i odkształcalności podłoża oraz  stanów granicznych użytkowalności  konstrukcji nośnej obiektu budowlanego.</w:t>
+        <w:t xml:space="preserve">Ma kompetencje  do wykonywania badań laboratoryjnych, terenowych i opracowywania dokumentacji  geotechnicznych  wraz z oceną stanów granicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U10, K1_U15, K1_U16, K1_U01</w:t>
+        <w:t xml:space="preserve">K1_U16, K1_U08, K1_U10, K1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>