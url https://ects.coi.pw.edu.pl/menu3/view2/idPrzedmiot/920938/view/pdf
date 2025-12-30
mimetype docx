--- v1 (2025-11-01)
+++ v2 (2025-12-30)
@@ -753,67 +753,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W01, K1_W04</w:t>
+        <w:t xml:space="preserve">K1_W04, K1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe i uzupełniające jednostki miar, właściwości fizycznych i mechanicznych oraz
 stanów naprężeń i odkształceń ośrodka gruntowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -824,67 +824,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W04, K1_W01</w:t>
+        <w:t xml:space="preserve">K1_W01, K1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o stosowaniu norm europejskich EUROKOD 7 dotyczących geotechniki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1190,67 +1190,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U16, K1_U21, K1_U02, K1_U10</w:t>
+        <w:t xml:space="preserve">K1_U10, K1_U16, K1_U21, K1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać oceny stanów granicznych nośności, stateczności i odkształcalności podłoża oraz  stanów granicznych użytkowalności  konstrukcji nośnej obiektu budowlanego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1330,67 +1330,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U16, K1_U08, K1_U10, K1_U15</w:t>
+        <w:t xml:space="preserve">K1_U10, K1_U15, K1_U16, K1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>