--- v2 (2025-12-30)
+++ v3 (2026-02-09)
@@ -753,67 +753,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W04, K1_W01</w:t>
+        <w:t xml:space="preserve">K1_W01, K1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe i uzupełniające jednostki miar, właściwości fizycznych i mechanicznych oraz
 stanów naprężeń i odkształceń ośrodka gruntowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1260,137 +1260,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U10, K1_U15, K1_U16, K1_U01</w:t>
+        <w:t xml:space="preserve">K1_U01, K1_U10, K1_U15, K1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma kompetencje  do wykonywania badań laboratoryjnych, terenowych i opracowywania dokumentacji  geotechnicznych  wraz z oceną stanów granicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U08, K1_U10, K1_U15, K1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>