--- v3 (2026-02-09)
+++ v4 (2026-03-23)
@@ -769,51 +769,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W01, K1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe i uzupełniające jednostki miar, właściwości fizycznych i mechanicznych oraz
 stanów naprężeń i odkształceń ośrodka gruntowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1120,261 +1120,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U10, K1_U16</w:t>
+        <w:t xml:space="preserve">K1_U16, K1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać oceny obiektu budowlanego, ustalić  wartości właściwości  geotechnicznych gruntu, ustalić stopień skomplikowania warunków geotechnicznych oraz na tej podstawie kategorię geotechniczną.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U10, K1_U16, K1_U21, K1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dokonać oceny obiektu budowlanego, ustalić  wartości właściwości  geotechnicznych gruntu, ustalić stopień skomplikowania warunków geotechnicznych oraz na tej podstawie kategorię geotechniczną.</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać oceny stanów granicznych nośności, stateczności i odkształcalności podłoża oraz  stanów granicznych użytkowalności  konstrukcji nośnej obiektu budowlanego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U10, K1_U16, K1_U21, K1_U02</w:t>
+        <w:t xml:space="preserve">K1_U10, K1_U15, K1_U16, K1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dokonać oceny stanów granicznych nośności, stateczności i odkształcalności podłoża oraz  stanów granicznych użytkowalności  konstrukcji nośnej obiektu budowlanego.</w:t>
+        <w:t xml:space="preserve">Ma kompetencje  do wykonywania badań laboratoryjnych, terenowych i opracowywania dokumentacji  geotechnicznych  wraz z oceną stanów granicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U01, K1_U10, K1_U15, K1_U16</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">K1_U08, K1_U10, K1_U15, K1_U16</w:t>
+        <w:t xml:space="preserve">K1_U10, K1_U15, K1_U16, K1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>