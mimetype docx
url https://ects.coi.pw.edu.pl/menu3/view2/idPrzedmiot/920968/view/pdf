--- v0 (2025-11-02)
+++ v1 (2025-12-30)
@@ -889,51 +889,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U16, K1_U21</w:t>
+        <w:t xml:space="preserve">K1_U21, K1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>