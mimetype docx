--- v0 (2025-10-31)
+++ v1 (2026-02-09)
@@ -1127,51 +1127,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -1191,67 +1191,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawność merytoryczna i zrozumienie treści zawartych w opracowywanej prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U04, K1_U05, K1_U06, K1_U07, K1_U15, K1_U21, K1_U22, K1_U02, K1_U03</w:t>
+        <w:t xml:space="preserve">K1_U21, K1_U22, K1_U02, K1_U03, K1_U04, K1_U05, K1_U06, K1_U07, K1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie pozyskiwać informacje i zdobywać wiedzę, korzystając z norm, rozporządzeń oraz innych dostępnych źródeł informacji, w tym źródeł elektronicznych i obcojęzycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1261,67 +1261,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawność merytoryczna treści zawartych w opracowywanej prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U22, K1_U19, K1_U20, K1_U21</w:t>
+        <w:t xml:space="preserve">K1_U19, K1_U20, K1_U21, K1_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie przygotować tematyczną prezentację multimedialną, mającą na celu przekazanie zdobytej wiedzy na szerszym forum.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1481,67 +1481,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawność merytoryczna, zrozumienie i komunikatywność treści zawartych w opracowywanej prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_K01, K1_K05, K1_K07</w:t>
+        <w:t xml:space="preserve">K1_K07, K1_K01, K1_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KO, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość pełnej odpowiedzialności za tworzone dzieło. Wyczuwa potrzebę przestrzegania zasad etyki zawodowej, typowej dla zawodu zaufania publicznego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>