--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -847,701 +847,701 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W04, K1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe normy oraz wytyczne projektowania i wykonywania konstrukcji obiektów budowlanych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Poprawność merytoryczna treści zawartych w opracowywanej prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe normy oraz wytyczne projektowania i wykonywania konstrukcji obiektów budowlanych.</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę nt. zasad korzystania z zewnętrznych źródeł informacji oraz poszanowania praw autorskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Poprawność formalno-prawna treści zawartych w opracowywanej prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W15, K1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady konstruowania i wymiarowania elementów projektowanych z różnych materiałów konstrukcyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Poprawność merytoryczna treści zawartych w opracowywanej prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W05</w:t>
+        <w:t xml:space="preserve">K1_W04, K1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę nt. zasad korzystania z zewnętrznych źródeł informacji oraz poszanowania praw autorskich.</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie wykonawstwa i technologii montażu konstrukcji i/lub obiektów budowlanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Poprawność formalno-prawna treści zawartych w opracowywanej prezentacji.</w:t>
+        <w:t xml:space="preserve">Poprawność merytoryczna treści zawartych w opracowywanej prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W15, K1_W16</w:t>
+        <w:t xml:space="preserve">K1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady konstruowania i wymiarowania elementów projektowanych z różnych materiałów konstrukcyjnych.</w:t>
+        <w:t xml:space="preserve">Ze zrozumieniem i przekonaniem podaje informacje zawarte w opracowanej prezentacji multimedialnej, jest w stanie prowadzić na ich temat dyskusję i bronić prezentowanego stanowiska używając argumentów merytorycznych, opartych na współczesnej wiedzy technicznej i zasadach wypływających z nauk podstawowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Poprawność merytoryczna i zrozumienie treści zawartych w opracowywanej prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U21, K1_U22, K1_U02, K1_U03, K1_U04, K1_U05, K1_U06, K1_U07, K1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie pozyskiwać informacje i zdobywać wiedzę, korzystając z norm, rozporządzeń oraz innych dostępnych źródeł informacji, w tym źródeł elektronicznych i obcojęzycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Poprawność merytoryczna treści zawartych w opracowywanej prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W04, K1_W05</w:t>
+        <w:t xml:space="preserve">K1_U19, K1_U20, K1_U21, K1_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie wykonawstwa i technologii montażu konstrukcji i/lub obiektów budowlanych.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie przygotować tematyczną prezentację multimedialną, mającą na celu przekazanie zdobytej wiedzy na szerszym forum.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Poprawność merytoryczna treści zawartych w opracowywanej prezentacji.</w:t>
+        <w:t xml:space="preserve">Jakość opracowanej prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W13</w:t>
+        <w:t xml:space="preserve">K1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ze zrozumieniem i przekonaniem podaje informacje zawarte w opracowanej prezentacji multimedialnej, jest w stanie prowadzić na ich temat dyskusję i bronić prezentowanego stanowiska używając argumentów merytorycznych, opartych na współczesnej wiedzy technicznej i zasadach wypływających z nauk podstawowych.</w:t>
+        <w:t xml:space="preserve">Potrafi dążyć do celu i stara się osiągać jak najlepsze wyniki swoich działań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Poprawność merytoryczna i zrozumienie treści zawartych w opracowywanej prezentacji.</w:t>
+        <w:t xml:space="preserve">Ocena zaangażowania na podstawie zawartości i stopnia wyczerpania zakresu informacji zawartych w opracowywanej prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U21, K1_U22, K1_U02, K1_U03, K1_U04, K1_U05, K1_U06, K1_U07, K1_U15</w:t>
+        <w:t xml:space="preserve">K1_K01, K1_K02, K1_K08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie pozyskiwać informacje i zdobywać wiedzę, korzystając z norm, rozporządzeń oraz innych dostępnych źródeł informacji, w tym źródeł elektronicznych i obcojęzycznych.</w:t>
+        <w:t xml:space="preserve">Potrafi w sposób właściwy oceniać procesy i zjawiska zachodzące w budownictwie, precyzować spójne i rzetelne wnioski oraz prezentować je na szerszym forum.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Poprawność merytoryczna treści zawartych w opracowywanej prezentacji.</w:t>
+        <w:t xml:space="preserve">Poprawność merytoryczna, zrozumienie i komunikatywność treści zawartych w opracowywanej prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U19, K1_U20, K1_U21, K1_U22</w:t>
+        <w:t xml:space="preserve">K1_K07, K1_K01, K1_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, P6U_K, I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość pełnej odpowiedzialności za tworzone dzieło. Wyczuwa potrzebę przestrzegania zasad etyki zawodowej, typowej dla zawodu zaufania publicznego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>