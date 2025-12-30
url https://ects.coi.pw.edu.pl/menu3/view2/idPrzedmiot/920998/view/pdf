--- v0 (2025-10-05)
+++ v1 (2025-12-30)
@@ -1053,51 +1053,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat rodzajów, treści, zastosowania map geologicznych, użytych symboli i objaśnień. Zna podstawowe zasady dokumentowania geologiczno-inżynierskiego. Aktualne przepisy dotyczące badań geologiczno-inżynierskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1617,67 +1617,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie z wykładów - kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_K04, K1_K06, K1_K07, K1_K01</w:t>
+        <w:t xml:space="preserve">K1_K01, K1_K04, K1_K06, K1_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, P6U_K, I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KO, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pracuje samodzielnie i w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>