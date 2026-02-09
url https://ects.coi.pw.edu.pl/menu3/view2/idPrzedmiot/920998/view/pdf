--- v1 (2025-12-30)
+++ v2 (2026-02-09)
@@ -983,701 +983,701 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna cechy hydrogeologiczne skał ich znaczenie w projektowaniu i przykłady wpływu na roboty i obiekty geologiczno-inżynierskie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie z wykładów - kolokwium. Zaliczenie pracy rysunkowej. Kolokwium z ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna cechy hydrogeologiczne skał ich znaczenie w projektowaniu i przykłady wpływu na roboty i obiekty geologiczno-inżynierskie.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat rodzajów, treści, zastosowania map geologicznych, użytych symboli i objaśnień. Zna podstawowe zasady dokumentowania geologiczno-inżynierskiego. Aktualne przepisy dotyczące badań geologiczno-inżynierskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie z wykładów - kolokwium. Zaliczenie pracy rysunkowej. Kolokwium z ćwiczeń.</w:t>
+        <w:t xml:space="preserve">Zaliczenie z wykładów - kolokwium. Zaliczenie pracy rysunkowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat rodzajów, treści, zastosowania map geologicznych, użytych symboli i objaśnień. Zna podstawowe zasady dokumentowania geologiczno-inżynierskiego. Aktualne przepisy dotyczące badań geologiczno-inżynierskich.</w:t>
+        <w:t xml:space="preserve">Ma umiejętność makroskopowego rozpoznawania (wraz z opisem) ważniejszych minerałów – w szczególności minerałów skałotwórczych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie z wykładów - kolokwium. Zaliczenie pracy rysunkowej.</w:t>
+        <w:t xml:space="preserve">Kolokwium z petrografii</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W12</w:t>
+        <w:t xml:space="preserve">K1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma umiejętność makroskopowego rozpoznawania skał magmowych, osadowych i metamorficznych oraz rozpoznawania środowiska powstania skały.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium z petrografii</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma umiejętność korzystania i czytania map geologicznych (w tym geologiczno – inżynierskich i hydrogeologicznych) i wstępnej oceny na ich podstawie warunków geologiczno - inżynierskich. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pracy rysunkowej </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U16, K1_U20, K1_U23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma umiejętność sporządzania przekroi geologicznych i hydrogeologicznych na podstawie wierceń geologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pracy rysunkowej.  Kolokwium z ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U20, K1_U23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UU, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać identyfikacji skał jako podłoża budowlanego i dokonać jego oceny geologiczno – inżynierskiej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium z petrografii. Zaliczenie pracy rysunkowej.  Kolokwium z ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U16, K1_U20, K1_U23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ustalić stopień skomplikowania warunków geotechnicznych oraz na tej podstawie podać kategorię geotechniczną.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pracy rysunkowej.  Kolokwium z ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U16, K1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma umiejętność makroskopowego rozpoznawania (wraz z opisem) ważniejszych minerałów – w szczególności minerałów skałotwórczych.</w:t>
+        <w:t xml:space="preserve">Świadomość zagrożeń wynikających z właściwości fizycznych skał i gruntów stanowiących potencjalne niebezpieczeństwo dla środowiska naturalnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium z petrografii</w:t>
+        <w:t xml:space="preserve">Zaliczenie z wykładów - kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U20</w:t>
+        <w:t xml:space="preserve">K1_K01, K1_K04, K1_K06, K1_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UU</w:t>
-[...429 lines deleted...]
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KO, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, P6U_K, I.P6S_KO, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pracuje samodzielnie i w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>